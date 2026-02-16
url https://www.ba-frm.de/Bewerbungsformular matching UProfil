--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -1,55 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="4188C99C" w14:textId="77777777" w:rsidR="00B85B5E" w:rsidRDefault="00ED3B2C" w:rsidP="000A08E2">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zum </w:t>
       </w:r>
       <w:r w:rsidR="003223FC">
         <w:t>BEwerber</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37AB3DDD" w14:textId="77777777" w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8585" w:type="dxa"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2348"/>
@@ -754,85 +756,121 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="113"/>
           <w:tab w:val="clear" w:pos="198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ihr fachlicher Werdegang ist wichtig (s. 6.1). Sie können uns gerne </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Lebensläufe</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> wichtiger Teammitglieder als gesonderte Doku</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
         <w:t>mente einreichen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D03E4E" w14:textId="77777777" w:rsidR="00824058" w:rsidRDefault="00824058" w:rsidP="00824058">
+    <w:p w14:paraId="67D03E4E" w14:textId="17EE4DD7" w:rsidR="00824058" w:rsidRDefault="00824058" w:rsidP="00824058">
       <w:pPr>
         <w:pStyle w:val="aufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="113"/>
           <w:tab w:val="clear" w:pos="198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Falls es ein </w:t>
       </w:r>
       <w:r w:rsidRPr="00824058">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Pitch Deck</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gibt, können Sie dazu oben einen Link zum Download angeben. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Bitte senden Sie uns per Mail kein Pitch Deck zu, das größer als 2 MB ist</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2CDF90" w14:textId="74995C30" w:rsidR="003164F5" w:rsidRDefault="003164F5" w:rsidP="00824058">
+      <w:pPr>
+        <w:pStyle w:val="aufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="113"/>
+          <w:tab w:val="clear" w:pos="198"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wenn Sie zum Pitch ausgewählt werden und bei einem unserer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Matchin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Events präsentieren, wird ein </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003164F5">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Kostenbeitrag von 50,00 EUR</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> fällig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2232F5" w14:textId="77777777" w:rsidR="006B6C10" w:rsidRDefault="00375799" w:rsidP="00375799">
       <w:pPr>
         <w:pStyle w:val="aufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-567"/>
           <w:tab w:val="left" w:pos="-510"/>
           <w:tab w:val="left" w:pos="-482"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Unsere Kontaktdaten</w:t>
       </w:r>
       <w:r>
@@ -1028,51 +1066,61 @@
     <w:p w14:paraId="5A3D1146" w14:textId="77777777" w:rsidR="00414AE1" w:rsidRDefault="00414AE1" w:rsidP="00414AE1">
       <w:r>
         <w:t>Welche Barrieren zum Schutz der Alleinstellung gegen den Wettbewerb (Patente, Exklusivverträge etc.) gibt es bereits bzw. welche werden Sie errichten?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73CC9460" w14:textId="77777777" w:rsidR="00CF38BD" w:rsidRDefault="00CF38BD" w:rsidP="00206C90"/>
     <w:p w14:paraId="0A6520F0" w14:textId="77777777" w:rsidR="00414AE1" w:rsidRPr="00414AE1" w:rsidRDefault="00414AE1" w:rsidP="00414AE1">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Wichtige Geschäftspartner</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64AD469D" w14:textId="77777777" w:rsidR="00414AE1" w:rsidRDefault="00414AE1" w:rsidP="00414AE1"/>
     <w:p w14:paraId="667AF469" w14:textId="77777777" w:rsidR="00684A1F" w:rsidRDefault="00684A1F" w:rsidP="00414AE1"/>
     <w:p w14:paraId="15FF5842" w14:textId="2C920E76" w:rsidR="009B649E" w:rsidRDefault="00F50FE5" w:rsidP="00684A1F">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:ind w:left="431" w:hanging="431"/>
       </w:pPr>
       <w:r>
         <w:t>Status, Positionierung &amp; Strategie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4188C0" w14:textId="77777777" w:rsidR="00493331" w:rsidRPr="00493331" w:rsidRDefault="00493331" w:rsidP="00493331"/>
+    <w:p w14:paraId="7A4188C0" w14:textId="649CC604" w:rsidR="00954B9C" w:rsidRDefault="00954B9C" w:rsidP="00493331"/>
+    <w:p w14:paraId="6D6578D1" w14:textId="0E30B36F" w:rsidR="00493331" w:rsidRPr="00954B9C" w:rsidRDefault="00954B9C" w:rsidP="00954B9C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7FE995F8" w14:textId="509A4629" w:rsidR="00684A1F" w:rsidRDefault="00684A1F" w:rsidP="00684A1F">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Marketing- und Vertriebskonzept</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2B3B90" w14:textId="77777777" w:rsidR="00684A1F" w:rsidRPr="00684A1F" w:rsidRDefault="00684A1F" w:rsidP="00684A1F"/>
     <w:p w14:paraId="7898CF83" w14:textId="77777777" w:rsidR="00684A1F" w:rsidRDefault="00684A1F" w:rsidP="00684A1F">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Status: bisherige Unternehmenserfolge, aktueller Stand der Umsetzung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195DCA61" w14:textId="77777777" w:rsidR="00684A1F" w:rsidRDefault="00684A1F" w:rsidP="00684A1F"/>
     <w:p w14:paraId="3E29B365" w14:textId="77777777" w:rsidR="00684A1F" w:rsidRDefault="00684A1F" w:rsidP="00684A1F">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Ziele, Vision für die nächsten 3 – 5 Jahre</w:t>
@@ -3036,50 +3084,51 @@
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Gründer</w:t>
       </w:r>
       <w:r w:rsidR="0005392D">
         <w:t>(Team)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51DB0A32" w14:textId="5A044375" w:rsidR="000568EA" w:rsidRPr="00684A1F" w:rsidRDefault="0005392D" w:rsidP="000568EA">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Fachl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Hintergrund, Erfahrungen + Unternehmensstationen. Gab es Insolvenzen?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1C5B16" w14:textId="14747C11" w:rsidR="0005392D" w:rsidRDefault="0005392D" w:rsidP="0005392D">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wichtige Teammitglieder </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26DF2E17" w14:textId="77777777" w:rsidR="0005392D" w:rsidRDefault="0005392D" w:rsidP="0005392D">
       <w:r>
         <w:t>Ggf. auch Vorstand, Beirat etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74400EF3" w14:textId="77777777" w:rsidR="0005392D" w:rsidRDefault="0005392D" w:rsidP="0005392D"/>
     <w:p w14:paraId="4B4A1161" w14:textId="77777777" w:rsidR="000568EA" w:rsidRDefault="000568EA" w:rsidP="000568EA">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Weitere Gesellschafter oder wichtige Kapitalgeber </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73899BEA" w14:textId="77777777" w:rsidR="000568EA" w:rsidRDefault="000568EA" w:rsidP="003929B5"/>
     <w:p w14:paraId="012F4C82" w14:textId="77777777" w:rsidR="000568EA" w:rsidRDefault="000568EA" w:rsidP="003929B5"/>
     <w:p w14:paraId="0E96CB4E" w14:textId="77777777" w:rsidR="000568EA" w:rsidRDefault="000568EA" w:rsidP="000568EA">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
         <w:t>Stärken-Schwächen</w:t>
@@ -3288,59 +3337,51 @@
       <w:r w:rsidRPr="002255BE">
         <w:t xml:space="preserve">Mit der </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Bewerbung </w:t>
       </w:r>
       <w:r w:rsidRPr="002255BE">
         <w:t xml:space="preserve">erklären Sie sich als einverstanden mit der digitalen Speicherung und Verarbeitung ihrer Daten im Rahmen </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">des Bewerbungsverfahrens und im Falle einer Einladung im Rahmen der </w:t>
       </w:r>
       <w:r w:rsidRPr="002255BE">
         <w:t>Veranstaltung. Bei der Veranstaltung werden Fotos zur allgemeinen Öffentlichkeits</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="002255BE">
         <w:t>arbeit gemacht. Bitte teilen Sie uns evtl. Nichteinverständnis kurz schriftlich oder am Veranstaltungstag mit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573A0D84" w14:textId="692571CB" w:rsidR="00150DAD" w:rsidRDefault="00150DAD" w:rsidP="00F7430C"/>
     <w:p w14:paraId="6B16B1B1" w14:textId="77777777" w:rsidR="00150DAD" w:rsidRDefault="00150DAD" w:rsidP="00150DAD">
       <w:r>
-        <w:t xml:space="preserve">Im Falle einer Online-Veranstaltung sind wir darauf angewiesen, auf </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> zurückzugreifen. Diese Produkte haben jeweils eigenständige Datenschutz- und Nutzungsbe</w:t>
+        <w:t>Im Falle einer Online-Veranstaltung sind wir darauf angewiesen, auf Software Dritter zurückzugreifen. Diese Produkte haben jeweils eigenständige Datenschutz- und Nutzungsbe</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
         <w:t>dingungen. Bitte informieren Sie sich im Falle einer Einladung zur Präsentation, welches Tool zum Einsatz kommt und ob Sie angesichts dessen Bedingungen zur Präsentation bereit sind. Falls nicht bitten wir um zeitnahe Information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD2CA87" w14:textId="147535A2" w:rsidR="001F002E" w:rsidRDefault="001F002E" w:rsidP="000568EA"/>
     <w:p w14:paraId="6F974B3A" w14:textId="77777777" w:rsidR="00150DAD" w:rsidRDefault="00150DAD" w:rsidP="000568EA"/>
     <w:p w14:paraId="60B09DB1" w14:textId="77777777" w:rsidR="009B66B7" w:rsidRDefault="009B66B7" w:rsidP="009B66B7">
       <w:r>
         <w:t>……………………………………………………..</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729E8ADB" w14:textId="77777777" w:rsidR="009B66B7" w:rsidRDefault="009B66B7" w:rsidP="009B66B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>(Ort und Datum)</w:t>
@@ -3370,99 +3411,102 @@
         <w:tab/>
         <w:t>………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D303523" w14:textId="77777777" w:rsidR="009266BA" w:rsidRDefault="009266BA" w:rsidP="009B66B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D73574F" w14:textId="77777777" w:rsidR="009266BA" w:rsidRDefault="009266BA" w:rsidP="009B66B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CE93223" w14:textId="77777777" w:rsidR="009B66B7" w:rsidRDefault="009B66B7" w:rsidP="009B66B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Name des Unterzeichners: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>………………………………….</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009B66B7" w:rsidSect="003770BC">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2941" w:right="1835" w:bottom="1134" w:left="1418" w:header="0" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0357BA92" w14:textId="77777777" w:rsidR="00631B1E" w:rsidRDefault="00631B1E">
+    <w:p w14:paraId="75B3D85C" w14:textId="77777777" w:rsidR="00D41BB8" w:rsidRDefault="00D41BB8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41405A1E" w14:textId="77777777" w:rsidR="00631B1E" w:rsidRDefault="00631B1E">
+    <w:p w14:paraId="422F593D" w14:textId="77777777" w:rsidR="00D41BB8" w:rsidRDefault="00D41BB8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3493,219 +3537,207 @@
   <w:font w:name="Trade Gothic LT Std">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN-Regular">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="02010504030101020104"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0B6F5BA6" w14:textId="5B506A27" w:rsidR="00D921CB" w:rsidRDefault="00EC6B8D" w:rsidP="002549F1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="05F657BC" w14:textId="77777777" w:rsidR="00EB6DCF" w:rsidRDefault="00EB6DCF">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="0B6F5BA6" w14:textId="448887AF" w:rsidR="00D921CB" w:rsidRDefault="00EC6B8D" w:rsidP="002549F1">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="8647"/>
       </w:tabs>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r w:rsidRPr="007847B8">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00D921CB" w:rsidRPr="007847B8">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidR="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText>FILENAME</w:instrText>
     </w:r>
     <w:r w:rsidR="00D921CB" w:rsidRPr="007847B8">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidRPr="007847B8">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FE44D6">
+    <w:r w:rsidR="00EB6DCF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>BA-FRM UProfil 25-03 (v01)</w:t>
+      <w:t>BA-FRM-UProfil-26</w:t>
+    </w:r>
+    <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:r w:rsidR="00954B9C">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>-01-</w:t>
+    </w:r>
+    <w:r w:rsidR="0080400E" w:rsidRPr="0080400E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>02</w:t>
     </w:r>
     <w:r w:rsidRPr="007847B8">
-      <w:rPr>
-[...35 lines deleted...]
-    <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00D921CB" w:rsidRPr="007847B8">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D921CB" w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00D921CB" w:rsidRPr="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidR="001676F2" w:rsidRPr="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidR="00D921CB" w:rsidRPr="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BE094A">
+    <w:r w:rsidR="00EB6DCF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001676F2">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="621728B6" w14:textId="77777777" w:rsidR="00D921CB" w:rsidRPr="002F0B3A" w:rsidRDefault="00D921CB" w:rsidP="00D921CB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidR="00EC6B8D" w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidR="001676F2">
       <w:rPr>
@@ -3721,76 +3753,86 @@
     </w:r>
     <w:r w:rsidR="00EC6B8D" w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00EC6B8D" w:rsidRPr="002F0B3A">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77782926" w14:textId="77777777" w:rsidR="00631B1E" w:rsidRDefault="00631B1E">
+    <w:p w14:paraId="0D2F4F26" w14:textId="77777777" w:rsidR="00D41BB8" w:rsidRDefault="00D41BB8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50C46633" w14:textId="77777777" w:rsidR="00631B1E" w:rsidRDefault="00631B1E">
+    <w:p w14:paraId="62A9E5EF" w14:textId="77777777" w:rsidR="00D41BB8" w:rsidRDefault="00D41BB8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="4B2A4463" w14:textId="77777777" w:rsidR="00EB6DCF" w:rsidRDefault="00EB6DCF">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1419"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="6771" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6771"/>
     </w:tblGrid>
     <w:tr w:rsidR="002474D6" w14:paraId="24874FF0" w14:textId="77777777" w:rsidTr="003770BC">
       <w:trPr>
         <w:trHeight w:val="971"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6771" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="5DA6A4CD" w14:textId="4B69CB77" w:rsidR="00E85282" w:rsidRDefault="006B6C10" w:rsidP="003770BC">
           <w:pPr>
             <w:pStyle w:val="KopfzeileTitel"/>
             <w:framePr w:w="0" w:hRule="auto" w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
           </w:pPr>
           <w:r>
@@ -3867,52 +3909,52 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00ED3B2C">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="22183AA1" w14:textId="77777777" w:rsidR="00D921CB" w:rsidRDefault="00504E19" w:rsidP="00D921CB">
     <w:pPr>
       <w:pStyle w:val="EinfacherAbsatz"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7729"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="DIN-Regular" w:hAnsi="DIN-Regular"/>
         <w:color w:val="001900"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D84370B" wp14:editId="644077FC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4246245</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
@@ -3946,51 +3988,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="1739900" cy="1016000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F926B39E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6046,195 +6088,198 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1055737453">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1103375143">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1640500328">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="439840712">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1288392731">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1722636770">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1383675049">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="385757999">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="504057712">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="866063056">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="373114960">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1189946203">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2089690545">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1692294334">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1604606570">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="224803721">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1189224728">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1989433733">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1767075496">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="157818326">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="622032230">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="2058236741">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1279213729">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1682314312">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1992563441">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="177549597">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="492572100">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1899585356">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1299333737">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="249313260">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3E04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00344621"/>
     <w:rsid w:val="00004549"/>
     <w:rsid w:val="0005392D"/>
     <w:rsid w:val="000568EA"/>
     <w:rsid w:val="00061E20"/>
     <w:rsid w:val="0007024D"/>
     <w:rsid w:val="00082855"/>
     <w:rsid w:val="00090F3E"/>
     <w:rsid w:val="000927E0"/>
     <w:rsid w:val="000A08E2"/>
     <w:rsid w:val="000B0FE9"/>
     <w:rsid w:val="000E4D00"/>
     <w:rsid w:val="000F23AA"/>
     <w:rsid w:val="000F6425"/>
     <w:rsid w:val="0011301D"/>
     <w:rsid w:val="001155CD"/>
     <w:rsid w:val="001234B1"/>
     <w:rsid w:val="0012529A"/>
     <w:rsid w:val="00144345"/>
     <w:rsid w:val="001505A9"/>
     <w:rsid w:val="00150DAD"/>
     <w:rsid w:val="00166154"/>
     <w:rsid w:val="001676F2"/>
@@ -6244,50 +6289,51 @@
     <w:rsid w:val="001B12FA"/>
     <w:rsid w:val="001C0B3F"/>
     <w:rsid w:val="001C7F42"/>
     <w:rsid w:val="001D7C23"/>
     <w:rsid w:val="001F002E"/>
     <w:rsid w:val="001F4BE8"/>
     <w:rsid w:val="00200249"/>
     <w:rsid w:val="00206C90"/>
     <w:rsid w:val="0021219B"/>
     <w:rsid w:val="00220301"/>
     <w:rsid w:val="00245569"/>
     <w:rsid w:val="002474D6"/>
     <w:rsid w:val="002549F1"/>
     <w:rsid w:val="0028525B"/>
     <w:rsid w:val="00297489"/>
     <w:rsid w:val="002B406F"/>
     <w:rsid w:val="002B5F88"/>
     <w:rsid w:val="002C3C38"/>
     <w:rsid w:val="002C78C2"/>
     <w:rsid w:val="002F1AD8"/>
     <w:rsid w:val="002F2981"/>
     <w:rsid w:val="00304FEE"/>
     <w:rsid w:val="003125DE"/>
     <w:rsid w:val="003132C5"/>
     <w:rsid w:val="00315549"/>
+    <w:rsid w:val="003164F5"/>
     <w:rsid w:val="003223FC"/>
     <w:rsid w:val="00344621"/>
     <w:rsid w:val="00350964"/>
     <w:rsid w:val="00354F76"/>
     <w:rsid w:val="003662DD"/>
     <w:rsid w:val="00371D68"/>
     <w:rsid w:val="00375799"/>
     <w:rsid w:val="003770BC"/>
     <w:rsid w:val="003929B5"/>
     <w:rsid w:val="00393741"/>
     <w:rsid w:val="003B1598"/>
     <w:rsid w:val="003B29C0"/>
     <w:rsid w:val="003F7955"/>
     <w:rsid w:val="00414AE1"/>
     <w:rsid w:val="00452A95"/>
     <w:rsid w:val="004870D2"/>
     <w:rsid w:val="00493331"/>
     <w:rsid w:val="004A528B"/>
     <w:rsid w:val="004A53DF"/>
     <w:rsid w:val="004D3563"/>
     <w:rsid w:val="004F1BDE"/>
     <w:rsid w:val="004F2914"/>
     <w:rsid w:val="00504E19"/>
     <w:rsid w:val="00505DA5"/>
     <w:rsid w:val="005243AE"/>
@@ -6318,197 +6364,203 @@
     <w:rsid w:val="006A15F4"/>
     <w:rsid w:val="006A6099"/>
     <w:rsid w:val="006B6C10"/>
     <w:rsid w:val="006B76C0"/>
     <w:rsid w:val="006C3EBD"/>
     <w:rsid w:val="006F55B4"/>
     <w:rsid w:val="00700A62"/>
     <w:rsid w:val="00712768"/>
     <w:rsid w:val="00713D7C"/>
     <w:rsid w:val="00714EC5"/>
     <w:rsid w:val="00715D3B"/>
     <w:rsid w:val="00717531"/>
     <w:rsid w:val="00717E40"/>
     <w:rsid w:val="0072530C"/>
     <w:rsid w:val="007262F9"/>
     <w:rsid w:val="007509D7"/>
     <w:rsid w:val="00765F2C"/>
     <w:rsid w:val="00777F97"/>
     <w:rsid w:val="0078417F"/>
     <w:rsid w:val="00786583"/>
     <w:rsid w:val="007C4309"/>
     <w:rsid w:val="007D58FC"/>
     <w:rsid w:val="007E122B"/>
     <w:rsid w:val="007F2760"/>
     <w:rsid w:val="0080130D"/>
+    <w:rsid w:val="0080400E"/>
     <w:rsid w:val="00812D14"/>
     <w:rsid w:val="00816096"/>
     <w:rsid w:val="00824058"/>
+    <w:rsid w:val="00847A3A"/>
     <w:rsid w:val="008613A3"/>
     <w:rsid w:val="008852FD"/>
     <w:rsid w:val="008B0304"/>
     <w:rsid w:val="008E5F8F"/>
     <w:rsid w:val="008F2E85"/>
     <w:rsid w:val="0091057C"/>
     <w:rsid w:val="00911CB1"/>
     <w:rsid w:val="00922DBE"/>
     <w:rsid w:val="009266BA"/>
     <w:rsid w:val="009354C8"/>
     <w:rsid w:val="009428DA"/>
+    <w:rsid w:val="00954B9C"/>
     <w:rsid w:val="00962007"/>
     <w:rsid w:val="009620ED"/>
     <w:rsid w:val="0099576E"/>
     <w:rsid w:val="009B649E"/>
     <w:rsid w:val="009B66B7"/>
     <w:rsid w:val="009B7585"/>
     <w:rsid w:val="009D720F"/>
     <w:rsid w:val="009F4750"/>
     <w:rsid w:val="00A2495D"/>
     <w:rsid w:val="00A435FE"/>
     <w:rsid w:val="00A623D3"/>
     <w:rsid w:val="00A6762E"/>
     <w:rsid w:val="00A71C6C"/>
     <w:rsid w:val="00A75FDF"/>
     <w:rsid w:val="00A97274"/>
     <w:rsid w:val="00AC1BFF"/>
     <w:rsid w:val="00AC2081"/>
     <w:rsid w:val="00AE3517"/>
     <w:rsid w:val="00AE3C19"/>
     <w:rsid w:val="00AE431E"/>
     <w:rsid w:val="00AE783F"/>
     <w:rsid w:val="00AF4948"/>
     <w:rsid w:val="00AF60B9"/>
     <w:rsid w:val="00B06F30"/>
     <w:rsid w:val="00B0747C"/>
     <w:rsid w:val="00B21C3A"/>
     <w:rsid w:val="00B3050F"/>
     <w:rsid w:val="00B32FDA"/>
     <w:rsid w:val="00B62F3F"/>
     <w:rsid w:val="00B85B5E"/>
     <w:rsid w:val="00B8720E"/>
     <w:rsid w:val="00B91151"/>
     <w:rsid w:val="00B91CF7"/>
     <w:rsid w:val="00B9668E"/>
     <w:rsid w:val="00BA10B3"/>
     <w:rsid w:val="00BC6D7F"/>
     <w:rsid w:val="00BE094A"/>
     <w:rsid w:val="00BE28B9"/>
     <w:rsid w:val="00BE4FD2"/>
     <w:rsid w:val="00BF6302"/>
     <w:rsid w:val="00C1008B"/>
     <w:rsid w:val="00C6227D"/>
     <w:rsid w:val="00C81B84"/>
+    <w:rsid w:val="00CA6E9C"/>
     <w:rsid w:val="00CD20E5"/>
     <w:rsid w:val="00CE18C5"/>
     <w:rsid w:val="00CF38BD"/>
     <w:rsid w:val="00CF69D5"/>
     <w:rsid w:val="00D07DF1"/>
     <w:rsid w:val="00D27ABA"/>
+    <w:rsid w:val="00D41BB8"/>
     <w:rsid w:val="00D62955"/>
     <w:rsid w:val="00D741E3"/>
     <w:rsid w:val="00D763BA"/>
     <w:rsid w:val="00D921CB"/>
     <w:rsid w:val="00DA42B8"/>
     <w:rsid w:val="00DB7345"/>
     <w:rsid w:val="00DC1CC5"/>
     <w:rsid w:val="00DC6938"/>
     <w:rsid w:val="00E10FE1"/>
     <w:rsid w:val="00E1283A"/>
     <w:rsid w:val="00E26E4D"/>
     <w:rsid w:val="00E4501B"/>
     <w:rsid w:val="00E50EBA"/>
     <w:rsid w:val="00E641A2"/>
     <w:rsid w:val="00E728DA"/>
     <w:rsid w:val="00E83E88"/>
     <w:rsid w:val="00E85282"/>
     <w:rsid w:val="00E906E8"/>
     <w:rsid w:val="00E90839"/>
     <w:rsid w:val="00E91D00"/>
     <w:rsid w:val="00EA450A"/>
+    <w:rsid w:val="00EB6DCF"/>
     <w:rsid w:val="00EC6B8D"/>
     <w:rsid w:val="00ED3B2C"/>
     <w:rsid w:val="00EE4B7B"/>
     <w:rsid w:val="00EF6B07"/>
     <w:rsid w:val="00F006FF"/>
     <w:rsid w:val="00F16CE9"/>
     <w:rsid w:val="00F20E82"/>
     <w:rsid w:val="00F46130"/>
     <w:rsid w:val="00F50FE5"/>
     <w:rsid w:val="00F6177B"/>
     <w:rsid w:val="00F7216E"/>
     <w:rsid w:val="00F73DC1"/>
     <w:rsid w:val="00F7430C"/>
     <w:rsid w:val="00F775C7"/>
     <w:rsid w:val="00F87CA1"/>
     <w:rsid w:val="00F91D8C"/>
     <w:rsid w:val="00FB4CF3"/>
     <w:rsid w:val="00FE44D6"/>
     <w:rsid w:val="00FE60FE"/>
     <w:rsid w:val="00FE7759"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1C5B450E"/>
   <w15:docId w15:val="{BE94F4B4-803A-48E8-8A81-D46CC0B74B0A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6836,55 +6888,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F16CE9"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004F1BDE"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
@@ -7657,82 +7704,82 @@
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007F2760"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="LFO13">
     <w:name w:val="LFO13"/>
     <w:basedOn w:val="KeineListe"/>
     <w:rsid w:val="00375799"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="29"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00200249"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ba-frm.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ba-frm.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ba-frm.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ba-frm.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -7977,72 +8024,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6486</Characters>
+  <Pages>7</Pages>
+  <Words>1048</Words>
+  <Characters>6604</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bewerbungsformular FinTech-Award BA-FRM</vt:lpstr>
+      <vt:lpstr>Bewerbungsformular Business Angels FrankfurtRheinMain</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Die Firma GmbH</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7501</CharactersWithSpaces>
+  <CharactersWithSpaces>7637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Bewerbungsformular Business Angels FrankfurtRheinMain</dc:title>
   <dc:subject/>
   <dc:creator>FM</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>